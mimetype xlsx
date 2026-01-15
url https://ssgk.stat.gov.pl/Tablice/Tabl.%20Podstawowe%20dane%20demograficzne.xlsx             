--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -960,51 +960,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:Q29"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection sqref="A1:M1"/>
+      <selection activeCell="L10" sqref="L10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="37.7109375" style="1" customWidth="1"/>
     <col min="2" max="9" width="9.140625" style="1" customWidth="1"/>
     <col min="10" max="13" width="9.140625" style="1"/>
     <col min="14" max="14" width="9.140625" style="34"/>
     <col min="15" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A1" s="78" t="s">
         <v>15</v>
       </c>
       <c r="B1" s="78"/>
       <c r="C1" s="78"/>
       <c r="D1" s="78"/>
       <c r="E1" s="78"/>
       <c r="F1" s="78"/>
       <c r="G1" s="78"/>
       <c r="H1" s="78"/>
       <c r="I1" s="78"/>
       <c r="J1" s="79"/>
       <c r="K1" s="79"/>
@@ -1250,51 +1250,51 @@
       <c r="D9" s="22">
         <v>34.799999999999997</v>
       </c>
       <c r="E9" s="28">
         <v>-25.6</v>
       </c>
       <c r="F9" s="22">
         <v>-34.799999999999997</v>
       </c>
       <c r="G9" s="28">
         <v>-122</v>
       </c>
       <c r="H9" s="22">
         <v>-188</v>
       </c>
       <c r="I9" s="28">
         <v>-143.30000000000001</v>
       </c>
       <c r="J9" s="24">
         <v>-136.6</v>
       </c>
       <c r="K9" s="62">
         <v>-156.69999999999999</v>
       </c>
       <c r="L9" s="31">
-        <v>109.8</v>
+        <v>-109.8</v>
       </c>
       <c r="M9" s="27">
         <v>-122</v>
       </c>
       <c r="O9" s="72"/>
     </row>
     <row r="10" spans="1:17" s="43" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B10" s="30">
         <v>4.0999999999999996</v>
       </c>
       <c r="C10" s="29">
         <v>0.3</v>
       </c>
       <c r="D10" s="32">
         <v>0.9</v>
       </c>
       <c r="E10" s="29">
         <v>-0.7</v>
       </c>
       <c r="F10" s="32">
         <v>-0.9</v>
       </c>